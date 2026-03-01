--- v0 (2025-10-22)
+++ v1 (2026-03-01)
@@ -1,3270 +1,2151 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="png" ContentType="image/png"/>
-[...6 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" w:rsidP="5394A8E1" wp14:paraId="36A5B454" wp14:textId="70035D30">
+    <w:p w:rsidR="00A427FD" w:rsidP="5394A8E1" w:rsidRDefault="33B89665" w14:paraId="36A5B454" w14:textId="70035D30">
       <w:pPr>
-        <w:bidi w:val="0"/>
-[...2 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="0"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="179D0655" w:rsidR="33B89665">
+      <w:r w:rsidRPr="179D0655">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="1"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Task Title: </w:t>
       </w:r>
-      <w:r w:rsidRPr="179D0655" w:rsidR="33B89665">
+      <w:r w:rsidRPr="179D0655">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="0"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Completing a Designated Review</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="702D71CA" w:rsidP="179D0655" w:rsidRDefault="702D71CA" w14:paraId="7B0D5DC1" w14:textId="5A895D21">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
-        <w:bidi w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="1"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="179D0655" w:rsidR="702D71CA">
+      <w:r w:rsidRPr="179D0655">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="1"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Audience: </w:t>
       </w:r>
-      <w:r w:rsidRPr="179D0655" w:rsidR="702D71CA">
+      <w:r w:rsidRPr="179D0655">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="0"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>For IRB staff reviewers and Faculty DRs</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="702D71CA" w:rsidP="179D0655" w:rsidRDefault="702D71CA" w14:paraId="6D8034D2" w14:textId="351CA67B">
       <w:pPr>
-        <w:bidi w:val="0"/>
-[...2 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="0"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="179D0655" w:rsidR="702D71CA">
+      <w:r w:rsidRPr="179D0655">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="1"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Scope:</w:t>
       </w:r>
-      <w:r w:rsidRPr="179D0655" w:rsidR="702D71CA">
+      <w:r w:rsidRPr="179D0655">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="0"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> For IRB staff or faculty DRs completing a designated review</w:t>
       </w:r>
       <w:r w:rsidRPr="179D0655" w:rsidR="6BBE53B0">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="0"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> of any type of submission</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="4EB34991" w:rsidP="179D0655" w:rsidRDefault="4EB34991" w14:paraId="6CF3ED9F" w14:textId="3A3D8174">
       <w:pPr>
-        <w:bidi w:val="0"/>
-[...2 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:line="278" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="0"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="179D0655" w:rsidR="4EB34991">
+      <w:r w:rsidRPr="179D0655">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="1"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
-      <w:r w:rsidRPr="179D0655" w:rsidR="4EB34991">
+      <w:r w:rsidRPr="179D0655">
         <w:rPr>
           <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-          <w:b w:val="0"/>
-[...9 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">: Do not revise forms or the submission while completing a designated review. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:bidiVisual w:val="0"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="6"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="6"/>
+          <w:top w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="885"/>
         <w:gridCol w:w="5325"/>
         <w:gridCol w:w="3105"/>
       </w:tblGrid>
-      <w:tr w:rsidR="5394A8E1" w:rsidTr="69DE6C0D" w14:paraId="1B5BF196">
+      <w:tr w:rsidR="5394A8E1" w:rsidTr="07682A64" w14:paraId="1B5BF196" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="012778"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="337A56B1" w14:textId="1891C97C">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-                <w:b w:val="0"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5394A8E1" w:rsidR="5394A8E1">
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Step</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5325" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="012778"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="46758E65" w14:textId="45E88FE7">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-                <w:b w:val="0"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5394A8E1" w:rsidR="5394A8E1">
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Action</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3105" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="012778"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="0F9E57C9" w14:textId="615E6121">
             <w:pPr>
-              <w:bidi w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-                <w:b w:val="0"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5394A8E1" w:rsidR="5394A8E1">
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Result/Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5394A8E1" w:rsidTr="69DE6C0D" w14:paraId="0E80A977">
+      <w:tr w:rsidR="5394A8E1" w:rsidTr="07682A64" w14:paraId="0E80A977" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="42BCDF71" w14:textId="6B9F40D5">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5394A8E1" w:rsidR="5394A8E1">
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5325" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="4787BB76" w:rsidRDefault="5394A8E1" w14:paraId="76C06882" w14:textId="0D86B58C">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="4787BB76" w:rsidR="5394A8E1">
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="4787BB76">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Log into </w:t>
             </w:r>
-            <w:hyperlink r:id="R78ef943ef2964e4e">
-              <w:r w:rsidRPr="4787BB76" w:rsidR="5394A8E1">
+            <w:hyperlink r:id="rId8">
+              <w:r w:rsidRPr="4787BB76">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-                  <w:b w:val="1"/>
-[...7 lines deleted...]
-                  <w:lang w:val="en-US"/>
+                  <w:b/>
+                  <w:bCs/>
                 </w:rPr>
                 <w:t>Insight</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="4787BB76" w:rsidR="5394A8E1">
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="4787BB76">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> and open the </w:t>
             </w:r>
-            <w:r w:rsidRPr="4787BB76" w:rsidR="5394A8E1">
+            <w:r w:rsidRPr="4787BB76">
               <w:rPr>
                 <w:rStyle w:val="Strong"/>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-                <w:b w:val="1"/>
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>Humans</w:t>
             </w:r>
-            <w:r w:rsidRPr="4787BB76" w:rsidR="5394A8E1">
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="4787BB76">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> module.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3105" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="7C29E335" w14:textId="6F0E1D12">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5394A8E1" w:rsidTr="69DE6C0D" w14:paraId="705046CB">
+      <w:tr w:rsidR="5394A8E1" w:rsidTr="07682A64" w14:paraId="705046CB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="590AA912" w14:textId="52C2AA31">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5394A8E1" w:rsidR="5394A8E1">
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5325" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="311214CF" w14:textId="2EAE7344">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5394A8E1" w:rsidR="5394A8E1">
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Click on </w:t>
             </w:r>
-            <w:r w:rsidRPr="5394A8E1" w:rsidR="5394A8E1">
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actions Required </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3105" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="6CC06E9B" w14:textId="3FE3980A">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5394A8E1" w:rsidR="5394A8E1">
-[...11 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>See the items requiring action</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5394A8E1" w:rsidTr="69DE6C0D" w14:paraId="0ADF9CE9">
+      <w:tr w:rsidR="5394A8E1" w:rsidTr="07682A64" w14:paraId="0ADF9CE9" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="714DA7B9" w14:textId="6AB026CE">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5394A8E1" w:rsidR="5394A8E1">
-[...8 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5325" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="5394A8E1" w:rsidP="646BB842" w:rsidRDefault="5394A8E1" w14:paraId="2138FCF2" w14:textId="59BB6D00">
+          <w:p w:rsidR="5394A8E1" w:rsidP="646BB842" w:rsidRDefault="491A49EE" w14:paraId="2138FCF2" w14:textId="59BB6D00">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="646BB842" w:rsidR="491A49EE">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="646BB842">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Select the </w:t>
             </w:r>
             <w:r w:rsidRPr="646BB842" w:rsidR="79FC15AA">
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
-                <w:b w:val="0"/>
-[...5 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>item</w:t>
             </w:r>
-            <w:r w:rsidRPr="646BB842" w:rsidR="491A49EE">
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="646BB842">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> assigned to you for designated review</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3105" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="77FC85E5" w14:textId="35DB43F9">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="5394A8E1" w:rsidTr="69DE6C0D" w14:paraId="3C81158C">
+      <w:tr w:rsidR="5394A8E1" w:rsidTr="07682A64" w14:paraId="3C81158C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="645"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="885" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="2BE13DAB" w14:textId="168C50C6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5325" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5394A8E1" w:rsidP="646BB842" w:rsidRDefault="0C854D95" w14:paraId="27790055" w14:textId="5639E72C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="179D0655">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Review the study</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="179D0655" w:rsidP="179D0655" w:rsidRDefault="179D0655" w14:paraId="40F378F4" w14:textId="3D36AADC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0F228E15" w:rsidP="179D0655" w:rsidRDefault="0F228E15" w14:paraId="2451B4D3" w14:textId="52669F92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="179D0655">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>To review the study, you can access it in multiple ways:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0F228E15" w:rsidP="179D0655" w:rsidRDefault="0F228E15" w14:paraId="3D72B2F8" w14:textId="5BBA4B4E">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="179D0655">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">View the forms on the left-hand menu </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0F228E15" w:rsidP="179D0655" w:rsidRDefault="0F228E15" w14:paraId="449D51D6" w14:textId="64EDBCD4">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="179D0655">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Download the PDF and view all the forms in a stand-alone PDF</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="179D0655" w:rsidP="179D0655" w:rsidRDefault="179D0655" w14:paraId="2EB7C6D4" w14:textId="7D5486B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="5394A8E1" w:rsidP="76077279" w:rsidRDefault="0AE77554" w14:paraId="2762645B" w14:textId="476E85EA">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="76077279">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If clarifications are needed, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="76077279" w:rsidR="546732AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">route </w:t>
+            </w:r>
+            <w:r w:rsidRPr="76077279">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>to submitter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="76077279">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> after making comments on each item needing clarifications. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="76077279" w:rsidP="76077279" w:rsidRDefault="76077279" w14:paraId="795A4A18" w14:textId="6ABFBD3B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0D00BB8A" w:rsidP="566D8E74" w:rsidRDefault="23EE5CF9" w14:paraId="5AE59E09" w14:textId="0290AA5B">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="566D8E74">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Once team responds back, this will </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="566D8E74">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>return</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="566D8E74">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to your </w:t>
+            </w:r>
+            <w:r w:rsidRPr="566D8E74">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>Actions Required</w:t>
+            </w:r>
+            <w:r w:rsidRPr="566D8E74">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and you can view their responses via response to review. Once you click through and mark each one resolved, you can move to approve or if not resolved, you can route back to submitter</w:t>
+            </w:r>
+            <w:r w:rsidRPr="566D8E74" w:rsidR="780D5C49">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> after replying to the relevant comment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="566D8E74">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="4902EBC2" w:rsidP="4902EBC2" w:rsidRDefault="4902EBC2" w14:paraId="1919D68F" w14:textId="4FFDFF2E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="5394A8E1" w:rsidP="179D0655" w:rsidRDefault="0C854D95" w14:paraId="7C854F29" w14:textId="17E4B9A7">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="07682A64" w:rsidR="6FB584F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If item is ready to approve, complete the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="2C19A93B">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">reviewer </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="6FB584F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>checklist</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="6FB584F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the lower </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="40D65728">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>right-hand</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="6FB584F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> menu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="3E9E0D3C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="0172CB48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">press next after complete, mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="7B4B64FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="0172CB48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>pprove</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="6E2621BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="6E2621BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>Route to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="6E2621BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="6E2621BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>Final Results</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="1AC22279">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="0172CB48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="61BCDCEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> select the IRB analyst in the drop down select reviewer field by selecting the analyst that assigned this to you which </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="61BCDCEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>you can see under workflow history</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="0172CB48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> check the attestation box, and click</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="0172CB48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="7B109BA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="0172CB48">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ign </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="6C8D753C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>Off</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="19E54621">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3105" w:type="dxa"/>
+            <w:tcMar>
+              <w:left w:w="105" w:type="dxa"/>
+              <w:right w:w="105" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="5394A8E1" w:rsidP="179D0655" w:rsidRDefault="0C854D95" w14:paraId="7A9552B2" w14:textId="28728617">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="179D0655">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>See adding comments job aid for reference</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="5394A8E1" w:rsidP="179D0655" w:rsidRDefault="5394A8E1" w14:paraId="344DD82E" w14:textId="3FFCFFA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="5394A8E1" w:rsidP="07682A64" w:rsidRDefault="5501562B" w14:paraId="5573B3FD" w14:textId="4980E08E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="07682A64" w:rsidR="65074699">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="65074699">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="1FD20B52">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When setting </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="1FD20B52">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>Next Check-In Type</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="4FFCE234">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for a Continuing Review: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="39B2EE19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Always </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="39B2EE19">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="4FFCE234">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>elect Continuing Review (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="4FFCE234">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">not </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="4FFCE234">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>Expedited Check-In)</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="5394A8E1" w:rsidP="7EE289BC" w:rsidRDefault="5501562B" w14:paraId="0D6201A6" w14:textId="07EE1506">
+            <w:pPr/>
+          </w:p>
+          <w:p w:rsidR="5394A8E1" w:rsidP="7EE289BC" w:rsidRDefault="5501562B" w14:paraId="20AE8639" w14:textId="73AD87D8">
+            <w:pPr/>
+          </w:p>
+          <w:p w:rsidR="5394A8E1" w:rsidP="7EE289BC" w:rsidRDefault="5501562B" w14:paraId="7489FA00" w14:textId="43693282">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="07682A64" w:rsidR="2BDAD5EC">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="2BDAD5EC">
+              <w:rPr/>
+              <w:t xml:space="preserve">If you </w:t>
+            </w:r>
+            <w:r w:rsidR="2BDAD5EC">
+              <w:rPr/>
+              <w:t>don’t</w:t>
+            </w:r>
+            <w:r w:rsidR="2BDAD5EC">
+              <w:rPr/>
+              <w:t xml:space="preserve"> see “Route to Final Results,”</w:t>
+            </w:r>
+            <w:r w:rsidR="76D5CCFE">
+              <w:rPr/>
+              <w:t xml:space="preserve"> be sure to </w:t>
+            </w:r>
+            <w:r w:rsidR="6DD19261">
+              <w:rPr/>
+              <w:t>answer</w:t>
+            </w:r>
+            <w:r w:rsidR="76D5CCFE">
+              <w:rPr/>
+              <w:t xml:space="preserve"> ALL questions. </w:t>
+            </w:r>
+            <w:r w:rsidR="76D5CCFE">
+              <w:rPr/>
+              <w:t>Insight doesn’t remind you about missing answers at this time.</w:t>
+            </w:r>
+            <w:r w:rsidR="76D5CCFE">
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="5319DF9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When setting Next Check-In Type for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="5319DF9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>an Initial</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="5319DF9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Review, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="3EE3EA0E">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">just </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="5319DF9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">follow </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="2E3CF3F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="5319DF9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">instructions on the reviewer </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="5319DF9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>chec</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="5319DF9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>klist</w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="5319DF9C">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="5394A8E1" w:rsidTr="07682A64" w14:paraId="246FFF25" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="885" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="2BE13DAB" w14:textId="168C50C6">
+          <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="07585E7B" w14:textId="5823EA02">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...7 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="5394A8E1" w:rsidR="5394A8E1">
-[...10 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidRPr="5394A8E1">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5325" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="5394A8E1" w:rsidP="646BB842" w:rsidRDefault="5394A8E1" w14:paraId="27790055" w14:textId="5639E72C">
+          <w:p w:rsidR="5394A8E1" w:rsidP="5DAC94AC" w:rsidRDefault="58059C6C" w14:paraId="75645F1A" w14:textId="674A9CB5">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="179D0655" w:rsidR="0C854D95">
-[...946 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="07682A64" w:rsidR="152DB3CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The completed reviewer </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="419DF2CF">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
               </w:rPr>
               <w:t>checklist</w:t>
             </w:r>
-            <w:r w:rsidRPr="69DE6C0D" w:rsidR="4BC7A2DF">
-[...322 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="07682A64" w:rsidR="152DB3CB">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> can be found </w:t>
+            </w:r>
+            <w:r w:rsidRPr="07682A64" w:rsidR="66FB1C05">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1" w:themeTint="FF" w:themeShade="FF"/>
+              </w:rPr>
+              <w:t>in the main submission workspace</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3105" w:type="dxa"/>
             <w:tcMar>
               <w:left w:w="105" w:type="dxa"/>
               <w:right w:w="105" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="5394A8E1" w:rsidP="179D0655" w:rsidRDefault="5394A8E1" w14:paraId="7A9552B2" w14:textId="28728617">
+          <w:p w:rsidR="5394A8E1" w:rsidP="5394A8E1" w:rsidRDefault="5394A8E1" w14:paraId="3F1E2D35" w14:textId="53939AC6">
             <w:pPr>
-              <w:bidi w:val="0"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="179D0655" w:rsidR="0C854D95">
-[...216 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordml" wp14:paraId="2C078E63" wp14:textId="16187CCB"/>
-    <w:p w:rsidR="78E124F5" w:rsidP="69DE6C0D" w:rsidRDefault="78E124F5" w14:paraId="53AFD3F2" w14:textId="4C3F4814">
+    <w:p w:rsidR="07682A64" w:rsidRDefault="07682A64" w14:paraId="42C7950E" w14:textId="1344C33B"/>
+    <w:p w:rsidR="00A427FD" w:rsidRDefault="00A427FD" w14:paraId="2C078E63" w14:textId="16187CCB"/>
+    <w:p w:rsidR="78E124F5" w:rsidP="07682A64" w:rsidRDefault="78E124F5" w14:paraId="53AFD3F2" w14:textId="34C235E6">
       <w:pPr>
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="69DE6C0D" w:rsidR="78E124F5">
+      <w:r w:rsidRPr="07682A64" w:rsidR="78E124F5">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Screenshot</w:t>
+        <w:t xml:space="preserve">Screenshot of where to </w:t>
       </w:r>
-      <w:r w:rsidRPr="69DE6C0D" w:rsidR="42FB8150">
+      <w:r w:rsidRPr="07682A64" w:rsidR="78E124F5">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>s</w:t>
+        <w:t>locate</w:t>
       </w:r>
-      <w:r w:rsidRPr="69DE6C0D" w:rsidR="7D31EE65">
+      <w:r w:rsidRPr="07682A64" w:rsidR="78E124F5">
         <w:rPr>
-          <w:b w:val="1"/>
-          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t xml:space="preserve"> review checklist (this is from OE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="07682A64" w:rsidR="22B14F29">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but same with AME, CR, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="07682A64" w:rsidR="22B14F29">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Ini</w:t>
+      </w:r>
+      <w:r w:rsidRPr="07682A64" w:rsidR="22B14F29">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tial Review, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="07682A64" w:rsidR="22B14F29">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="07682A64" w:rsidR="78E124F5">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="6D3E3BA9" w:rsidRDefault="6D3E3BA9" w14:paraId="1ECA43AC" w14:textId="0D269E4C"/>
-[...1 lines deleted...]
-      <w:r w:rsidR="04A68AB1">
+    <w:p w:rsidR="6D3E3BA9" w:rsidRDefault="6D3E3BA9" w14:paraId="3A275C7E" w14:textId="55926F1B"/>
+    <w:p w:rsidR="512FADB1" w:rsidRDefault="512FADB1" w14:paraId="03047B58" w14:textId="6BF3F5C4">
+      <w:r w:rsidR="512FADB1">
         <w:rPr/>
-        <w:t>Locating reviewer checklist</w:t>
+        <w:t xml:space="preserve">When you select </w:t>
+      </w:r>
+      <w:r w:rsidR="488224EF">
+        <w:rPr/>
+        <w:t xml:space="preserve">the submission from the </w:t>
+      </w:r>
+      <w:r w:rsidR="512FADB1">
+        <w:rPr/>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="645A6C9F">
+        <w:rPr/>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="512FADB1">
+        <w:rPr/>
+        <w:t xml:space="preserve">ompleted” items </w:t>
+      </w:r>
+      <w:r w:rsidR="32B4FB80">
+        <w:rPr/>
+        <w:t xml:space="preserve">on </w:t>
+      </w:r>
+      <w:r w:rsidR="512FADB1">
+        <w:rPr/>
+        <w:t>the top right, the “Review Letters” section will appear</w:t>
+      </w:r>
+      <w:r w:rsidR="4648FDA7">
+        <w:rPr/>
+        <w:t xml:space="preserve"> in the middle of the screen</w:t>
+      </w:r>
+      <w:r w:rsidR="7A94BBB8">
+        <w:rPr/>
+        <w:t xml:space="preserve">. On the </w:t>
+      </w:r>
+      <w:r w:rsidR="7A94BBB8">
+        <w:rPr/>
+        <w:t>right,</w:t>
+      </w:r>
+      <w:r w:rsidR="7A94BBB8">
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="7A94BBB8">
+        <w:rPr/>
+        <w:t>you’ll</w:t>
+      </w:r>
+      <w:r w:rsidR="7A94BBB8">
+        <w:rPr/>
+        <w:t xml:space="preserve"> see PDF icons for each Reviewer Checklist. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="6D3E3BA9" w:rsidRDefault="6D3E3BA9" w14:paraId="3A275C7E" w14:textId="4EACC0CE">
-      <w:r w:rsidR="413EAD11">
+    <w:p w:rsidR="07682A64" w:rsidRDefault="07682A64" w14:paraId="3135BB00" w14:textId="70E4986E"/>
+    <w:p w:rsidR="512FADB1" w:rsidRDefault="512FADB1" w14:paraId="6C408DF7" w14:textId="41727F8B">
+      <w:r w:rsidR="512FADB1">
         <w:drawing>
-          <wp:inline wp14:editId="5915236B" wp14:anchorId="0AC514B8">
-[...2 lines deleted...]
-            <wp:docPr id="1432363778" name="drawing"/>
+          <wp:inline wp14:editId="5D6D1C45" wp14:anchorId="52AC7024">
+            <wp:extent cx="4541914" cy="2758679"/>
+            <wp:effectExtent l="9525" t="9525" r="9525" b="9525"/>
+            <wp:docPr id="236267288" name="drawing"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1432363778" name=""/>
+                    <pic:cNvPr id="236267288" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1630019437">
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId9">
                       <a:extLst>
-                        <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4096321" cy="2724530"/>
+                      <a:ext cx="4541914" cy="2758679"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="sysDot"/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="512FADB1" w:rsidRDefault="512FADB1" w14:paraId="6C408DF7" w14:textId="4A262499"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="6BDB2C87">
+    <w:p w:rsidR="6D3E3BA9" w:rsidRDefault="6D3E3BA9" w14:paraId="6C08F97F" w14:textId="4AE86E3A"/>
+    <w:p w:rsidR="78E124F5" w:rsidRDefault="78E124F5" w14:paraId="7EC806C7" w14:textId="2A5795C3">
+      <w:r w:rsidR="78E124F5">
         <w:drawing>
-          <wp:inline wp14:editId="2760F862" wp14:anchorId="0F62A32F">
-[...2 lines deleted...]
-            <wp:docPr id="426027373" name="drawing"/>
+          <wp:inline wp14:editId="47F7A155" wp14:anchorId="1487ED5D">
+            <wp:extent cx="5943600" cy="1266825"/>
+            <wp:effectExtent l="9525" t="9525" r="9525" b="9525"/>
+            <wp:docPr id="817852929" name="drawing"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="426027373" name=""/>
+                    <pic:cNvPr id="817852929" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1792514502">
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId10" cstate="print">
                       <a:extLst>
-                        <a:ext xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3982006" cy="4201111"/>
+                      <a:ext cx="5943600" cy="1266825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln w="9525">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="78E124F5" w:rsidRDefault="78E124F5" w14:paraId="7AE3F324" w14:textId="510C4020"/>
-[...51 lines deleted...]
-    <w:sectPr>
+    <w:sectPr w:rsidR="78E124F5">
       <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-[...13 lines deleted...]
-  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Symbol">
+  <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Courier New">
-    <w:panose1 w:val="02070309020205020404"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:name="Wingdings">
-[...2 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...3 lines deleted...]
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38B7C4F3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="723863A0"/>
+    <w:lvl w:ilvl="0" w:tplc="7FB60496">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="649E6816">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="8C506EEA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="9710A9FA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="79CCFA40">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="F806BDBA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="096CD062">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="BD54EAF0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="92E84F32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="2">
-[...2 lines deleted...]
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44596BF7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50E27E28"/>
+    <w:lvl w:ilvl="0" w:tplc="287EC404">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="4368471A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="159A0522">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="445E47E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="EF6A7F86">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="A1FE1376">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="1780DB44">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="8140FED8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="6E04F7EC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:abstractNumId="1">
-[...2 lines deleted...]
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E68D67E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="278A56CE"/>
+    <w:lvl w:ilvl="0" w:tplc="887C980A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="1">
+    <w:lvl w:ilvl="1" w:tplc="26FE2D06">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="2">
+    <w:lvl w:ilvl="2" w:tplc="912EFF0A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="3">
+    <w:lvl w:ilvl="3" w:tplc="DC624BB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="4">
+    <w:lvl w:ilvl="4" w:tplc="F48051EA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="5">
+    <w:lvl w:ilvl="5" w:tplc="FE34D37E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="6">
+    <w:lvl w:ilvl="6" w:tplc="3A96F4E4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="7">
+    <w:lvl w:ilvl="7" w:tplc="6C266D66">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:ilvl="8">
+    <w:lvl w:ilvl="8" w:tplc="5A1C627A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="3">
-[...2 lines deleted...]
-  <w:num w:numId="2">
+  <w:num w:numId="1" w16cid:durableId="687565611">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="1">
+  <w:num w:numId="2" w16cid:durableId="1576472552">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1251966954">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="190"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0D7029D5"/>
-    <w:rsid w:val="022B12DE"/>
-[...4 lines deleted...]
-    <w:rsid w:val="086AAE4A"/>
+    <w:rsid w:val="00430D14"/>
+    <w:rsid w:val="0043440F"/>
+    <w:rsid w:val="00A427FD"/>
+    <w:rsid w:val="0172CB48"/>
+    <w:rsid w:val="071B9220"/>
+    <w:rsid w:val="07682A64"/>
     <w:rsid w:val="0AD43848"/>
     <w:rsid w:val="0AE77554"/>
     <w:rsid w:val="0B667B1E"/>
     <w:rsid w:val="0C094910"/>
     <w:rsid w:val="0C854D95"/>
+    <w:rsid w:val="0CBB804B"/>
     <w:rsid w:val="0D00BB8A"/>
     <w:rsid w:val="0D7029D5"/>
-    <w:rsid w:val="0DCFC5A4"/>
     <w:rsid w:val="0EF82DA6"/>
     <w:rsid w:val="0F228E15"/>
-    <w:rsid w:val="0FB60F2B"/>
     <w:rsid w:val="100C00C6"/>
+    <w:rsid w:val="10880439"/>
     <w:rsid w:val="11F05F96"/>
     <w:rsid w:val="12659115"/>
     <w:rsid w:val="1443059C"/>
     <w:rsid w:val="149B0B6E"/>
+    <w:rsid w:val="152DB3CB"/>
     <w:rsid w:val="166EBBE7"/>
     <w:rsid w:val="173A9273"/>
     <w:rsid w:val="179D0655"/>
     <w:rsid w:val="17BFD4F1"/>
     <w:rsid w:val="17F08577"/>
     <w:rsid w:val="185D7E89"/>
-    <w:rsid w:val="1CB0F76E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="219B7357"/>
+    <w:rsid w:val="19E54621"/>
+    <w:rsid w:val="1AC22279"/>
+    <w:rsid w:val="1FD20B52"/>
     <w:rsid w:val="21F8C317"/>
-    <w:rsid w:val="230918A7"/>
+    <w:rsid w:val="222E62FF"/>
+    <w:rsid w:val="22B14F29"/>
     <w:rsid w:val="23EE5CF9"/>
     <w:rsid w:val="24264CBF"/>
-    <w:rsid w:val="24340B95"/>
     <w:rsid w:val="252E5E8F"/>
-    <w:rsid w:val="25AE3CCD"/>
     <w:rsid w:val="25B30822"/>
     <w:rsid w:val="25CA28CE"/>
     <w:rsid w:val="2646C0A0"/>
-    <w:rsid w:val="26B50F2F"/>
     <w:rsid w:val="278BBA28"/>
-    <w:rsid w:val="28BBE35C"/>
     <w:rsid w:val="2B309D70"/>
+    <w:rsid w:val="2BDAD5EC"/>
+    <w:rsid w:val="2C19A93B"/>
+    <w:rsid w:val="2E3CF3F8"/>
     <w:rsid w:val="307CDD2D"/>
-    <w:rsid w:val="3152CC50"/>
-    <w:rsid w:val="339AB646"/>
+    <w:rsid w:val="32B4FB80"/>
     <w:rsid w:val="33B89665"/>
     <w:rsid w:val="34A03074"/>
     <w:rsid w:val="36C1CADD"/>
-    <w:rsid w:val="380D596F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="3AA3CD21"/>
+    <w:rsid w:val="39B2EE19"/>
     <w:rsid w:val="3B1482C1"/>
     <w:rsid w:val="3C5A23C9"/>
+    <w:rsid w:val="3E9E0D3C"/>
     <w:rsid w:val="3EE081DA"/>
-    <w:rsid w:val="3F176D30"/>
+    <w:rsid w:val="3EE3EA0E"/>
+    <w:rsid w:val="3F8CA275"/>
     <w:rsid w:val="3FABC073"/>
-    <w:rsid w:val="413EAD11"/>
-    <w:rsid w:val="42FB8150"/>
+    <w:rsid w:val="40D65728"/>
+    <w:rsid w:val="419DF2CF"/>
     <w:rsid w:val="45B1DC54"/>
     <w:rsid w:val="4624B771"/>
+    <w:rsid w:val="4648FDA7"/>
     <w:rsid w:val="4787BB76"/>
-    <w:rsid w:val="483E28FC"/>
+    <w:rsid w:val="488224EF"/>
     <w:rsid w:val="48F013CA"/>
     <w:rsid w:val="4902EBC2"/>
     <w:rsid w:val="491A49EE"/>
-    <w:rsid w:val="4BC7A2DF"/>
     <w:rsid w:val="4EB34991"/>
-    <w:rsid w:val="51249EB1"/>
+    <w:rsid w:val="4FFCE234"/>
     <w:rsid w:val="512FADB1"/>
     <w:rsid w:val="520EA412"/>
     <w:rsid w:val="528C26CB"/>
-    <w:rsid w:val="52D73300"/>
+    <w:rsid w:val="5319DF9C"/>
     <w:rsid w:val="5394A8E1"/>
     <w:rsid w:val="53BCFA77"/>
     <w:rsid w:val="546732AC"/>
     <w:rsid w:val="5501562B"/>
     <w:rsid w:val="55F8AF80"/>
     <w:rsid w:val="566D8E74"/>
     <w:rsid w:val="567874A9"/>
     <w:rsid w:val="58059C6C"/>
+    <w:rsid w:val="5946FA7B"/>
     <w:rsid w:val="5A71724D"/>
-    <w:rsid w:val="5D8E83E6"/>
     <w:rsid w:val="5DAC94AC"/>
-    <w:rsid w:val="5F0E209B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="60A3E6B0"/>
+    <w:rsid w:val="61BCDCEC"/>
     <w:rsid w:val="62499734"/>
-    <w:rsid w:val="631B0B7F"/>
     <w:rsid w:val="63AD917E"/>
+    <w:rsid w:val="645A6C9F"/>
     <w:rsid w:val="646BB842"/>
-    <w:rsid w:val="6470F894"/>
-    <w:rsid w:val="668A13C8"/>
+    <w:rsid w:val="65074699"/>
     <w:rsid w:val="66E1AED2"/>
-    <w:rsid w:val="66F3FA5B"/>
-    <w:rsid w:val="69DE6C0D"/>
+    <w:rsid w:val="66FB1C05"/>
+    <w:rsid w:val="683C06A6"/>
     <w:rsid w:val="6A258BFE"/>
     <w:rsid w:val="6BBE53B0"/>
-    <w:rsid w:val="6BDB2C87"/>
-    <w:rsid w:val="6C491303"/>
+    <w:rsid w:val="6C8D753C"/>
     <w:rsid w:val="6D043A9B"/>
     <w:rsid w:val="6D3E3BA9"/>
+    <w:rsid w:val="6DD19261"/>
+    <w:rsid w:val="6E2621BC"/>
     <w:rsid w:val="6E4A8096"/>
     <w:rsid w:val="6F28A01E"/>
     <w:rsid w:val="6F3DA85A"/>
-    <w:rsid w:val="6F536699"/>
+    <w:rsid w:val="6FB584F2"/>
     <w:rsid w:val="702D71CA"/>
-    <w:rsid w:val="70ED9415"/>
     <w:rsid w:val="710B524D"/>
-    <w:rsid w:val="734D56D9"/>
-    <w:rsid w:val="744A9356"/>
     <w:rsid w:val="76077279"/>
+    <w:rsid w:val="76D5CCFE"/>
     <w:rsid w:val="780D5C49"/>
-    <w:rsid w:val="781AB79D"/>
     <w:rsid w:val="78E124F5"/>
     <w:rsid w:val="795A2D2B"/>
-    <w:rsid w:val="79DA632A"/>
     <w:rsid w:val="79FC15AA"/>
-    <w:rsid w:val="7ACF97E4"/>
-    <w:rsid w:val="7D31EE65"/>
+    <w:rsid w:val="7A94BBB8"/>
+    <w:rsid w:val="7B109BA3"/>
+    <w:rsid w:val="7B4B64FE"/>
     <w:rsid w:val="7DAF76B4"/>
+    <w:rsid w:val="7EE289BC"/>
     <w:rsid w:val="7FB3D8AB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0D7029D5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E20AA630-2DDB-4522-A831-B0BA7F166EAE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" mc:Ignorable="w14 w15 wp14 w16se w16cid w16 w16cex w16sdtdh w16sdtfl">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3592,361 +2473,366 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rPr>
-[...19 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
-    <w:rPr>
-[...19 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
-    <w:rPr>
-[...19 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
-[...17 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
-[...19 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
-    <w:rPr>
-[...17 lines deleted...]
-    </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
@@ -4059,124 +2945,116 @@
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
-    <w:uiPriority w:val="99"/>
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="5394A8E1"/>
     <w:rPr>
       <w:color w:val="467886"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
-    <w:uiPriority w:val="22"/>
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="5394A8E1"/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:type="table" w:styleId="TableGrid">
-[...4 lines deleted...]
-    <w:pPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FB4123"/>
+    <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:tblPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-      <w:tblInd w:w="0" w:type="dxa"/>
+    <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
-    <w:uiPriority w:val="34"/>
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="646BB842"/>
     <w:pPr>
-      <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="Read98b381da34b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emory.researchinsight.org/" TargetMode="External" Id="R78ef943ef2964e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="rId1630019437" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image4.png" Id="rId1792514502" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image5.png" Id="rId828792360" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emory.researchinsight.org/" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
@@ -4405,85 +3283,140 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E8CF0DCB5444DF4A8A68ED5DCC6C386D" ma:contentTypeVersion="3" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="2cb26b1a51f356a72b1c2d1c91718675">
-[...1 lines deleted...]
-    <xsd:import namespace="d367e5b5-89f8-4e52-a77f-1ea3e4ee46e6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100042CB4121EF3E44CA86839E94A3E1E8F" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e475e2846debfc32a09bdd424b741af4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e43c996d-227c-4ffe-8566-54f725646389" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="afb543556aacff31041d106a924beb53" ns2:_="">
+    <xsd:import namespace="e43c996d-227c-4ffe-8566-54f725646389"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d367e5b5-89f8-4e52-a77f-1ea3e4ee46e6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e43c996d-227c-4ffe-8566-54f725646389" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="992fa3da-db31-45ba-92de-38f16e295a42" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -4542,92 +3475,98 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-  <documentManagement/>
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e43c996d-227c-4ffe-8566-54f725646389">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5EE89E7F-A8EE-42F6-953C-C4338DC7878E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{994272CC-A965-49BC-8643-AA315BA0B39A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{994272CC-A965-49BC-8643-AA315BA0B39A}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9A9BF20-150C-4C0B-ADEC-4C9059DD03BC}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09CDC3C3-8DD1-4621-BEFE-513CD48B5D39}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09CDC3C3-8DD1-4621-BEFE-513CD48B5D39}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="e43c996d-227c-4ffe-8566-54f725646389"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
   <ap:Application>Microsoft Word for the web</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:Company/>
   <ap:SharedDoc>false</ap:SharedDoc>
   <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
   <ap:AppVersion>16.0000</ap:AppVersion>
-  <ap:Template>Normal.dotm</ap:Template>
   <ap:LinksUpToDate>false</ap:LinksUpToDate>
 </ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rotterman, Briana Devaser</dc:creator>
   <keywords/>
   <dc:description/>
-  <lastModifiedBy>Karlebach, Shara</lastModifiedBy>
+  <lastModifiedBy>Rousselle, Rebecca</lastModifiedBy>
+  <revision>6</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100E8CF0DCB5444DF4A8A68ED5DCC6C386D</vt:lpwstr>
+    <vt:lpwstr>0x010100042CB4121EF3E44CA86839E94A3E1E8F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="docLang">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="docLang">
     <vt:lpwstr>en</vt:lpwstr>
   </property>
 </Properties>
 </file>